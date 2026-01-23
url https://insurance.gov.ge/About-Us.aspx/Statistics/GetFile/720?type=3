--- v0 (2025-11-29)
+++ v1 (2026-01-23)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4ADB79FF-C276-4F6D-8EA3-DD9E7391EA4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="13_ncr:1_{88B814C5-7CD8-4049-90B5-1188E031C8C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{29DEE2C7-A01A-4A37-AC2E-FFA803FFCA65}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bonds" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Bonds!$A$5:$I$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -55,173 +56,176 @@
   <c r="C20" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="25">
   <si>
     <t>სადაზღვევო კომპანიის დასახელება</t>
   </si>
   <si>
     <t>ჯამი</t>
   </si>
   <si>
     <t>გადაზღვევის პრემია</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>დიახ</t>
   </si>
   <si>
     <t>არა</t>
   </si>
   <si>
-    <t>სადაზღვევო კომპანიას დროებით შეჩერებული/აკრძალული აქვს ახალი ვალდებულების აღება (დიახ, არა)</t>
-[...4 lines deleted...]
-  <si>
     <t>მოზიდული 
 პრემია</t>
   </si>
   <si>
     <t>სს საქართველოს სადაზღვევო ჯგუფი</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია ევროინს ჯორჯია</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია ჯი პი აი ჰოლდინგი</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია ალდაგი</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია უნისონი</t>
   </si>
   <si>
     <t>სს თიბისი დაზღვევა</t>
   </si>
   <si>
     <t>სს დაზღვევის საერთაშორისო კომპანია ირაო</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია პრაიმი</t>
   </si>
   <si>
     <t>სს გრინ დაზღვევა საქართველო</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია ტაო</t>
   </si>
   <si>
     <t>სს ნიუ ვიჟენ დაზღვევა</t>
   </si>
   <si>
     <t>სს რისკების მართვისა და სადაზღვევო კომპანია გლობალ ბენეფიტს ჯორჯია</t>
   </si>
   <si>
-    <t>სადაზღვევო კომპანია აკმაყოფილებს საქართველოს დაზღვევის სახელმწიფო ზედამხედველობის სამსახურის უფროსის 2019 წლის 6 აგვისტოს N33 ბრძანების მოთხოვნებს (დიახ,არა)</t>
-[...1 lines deleted...]
-  <si>
     <t>სს სადაზღვევო კომპანია ავტოგრაფი</t>
   </si>
   <si>
     <t>სს სადაზღვევო კომპანია ალფა</t>
   </si>
   <si>
     <t>2025 წლის 9 თვის განმავლობაში "ვალდებულებათა შესრულების დაზღვევის სახეობაში" (საბანკო გარანტია)  მონაწილე სადაზღვევო კომპანიები</t>
   </si>
+  <si>
+    <t>სადაზღვევო კომპანია აკმაყოფილებს საქართველოს დაზღვევის სახელმწიფო ზედამხედველობის სამსახურის უფროსის 2019 წლის 6 აგვისტოს N33 ბრძანების მოთხოვნებს 
+(დიახ,არა)</t>
+  </si>
+  <si>
+    <t>სადაზღვევო კომპანიას დროებით შეჩერებული/აკრძალული აქვს ახალი ვალდებულების აღება 
+(დიახ, არა)</t>
+  </si>
+  <si>
+    <t>შეჩერების/აკრძალვის ვადა 
+(დასაწყისი, დასასრული)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="60">
-    <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
-[...58 lines deleted...]
-    <numFmt numFmtId="220" formatCode="_-* #,##0.00\ _К_р_б_._-;\-* #,##0.00\ _К_р_б_._-;_-* &quot;-&quot;??\ _К_р_б_._-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
+    <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="_-* #,##0.00\ _L_a_r_i_-;\-* #,##0.00\ _L_a_r_i_-;_-* &quot;-&quot;??\ _L_a_r_i_-;_-@_-"/>
+    <numFmt numFmtId="169" formatCode="_-* #,##0.00\ _л_в_-;\-* #,##0.00\ _л_в_-;_-* &quot;-&quot;??\ _л_в_-;_-@_-"/>
+    <numFmt numFmtId="170" formatCode="&quot;$&quot;#,##0.0000_);\(&quot;$&quot;#,##0.0000\)"/>
+    <numFmt numFmtId="171" formatCode="#,##0_)_%;\(#,##0\)_%;"/>
+    <numFmt numFmtId="172" formatCode="_._.* #,##0.0_)_%;_._.* \(#,##0.0\)_%"/>
+    <numFmt numFmtId="173" formatCode="#,##0.0_)_%;\(#,##0.0\)_%;\ \ .0_)_%"/>
+    <numFmt numFmtId="174" formatCode="_._.* #,##0.00_)_%;_._.* \(#,##0.00\)_%"/>
+    <numFmt numFmtId="175" formatCode="#,##0.00_)_%;\(#,##0.00\)_%;\ \ .00_)_%"/>
+    <numFmt numFmtId="176" formatCode="_._.* #,##0.000_)_%;_._.* \(#,##0.000\)_%"/>
+    <numFmt numFmtId="177" formatCode="#,##0.000_)_%;\(#,##0.000\)_%;\ \ .000_)_%"/>
+    <numFmt numFmtId="178" formatCode="#,##0.00000"/>
+    <numFmt numFmtId="179" formatCode="0.0%"/>
+    <numFmt numFmtId="180" formatCode="000"/>
+    <numFmt numFmtId="181" formatCode="_._.* \(#,##0\)_%;_._.* #,##0_)_%;_._.* 0_)_%;_._.@_)_%"/>
+    <numFmt numFmtId="182" formatCode="_._.&quot;$&quot;* \(#,##0\)_%;_._.&quot;$&quot;* #,##0_)_%;_._.&quot;$&quot;* 0_)_%;_._.@_)_%"/>
+    <numFmt numFmtId="183" formatCode="* \(#,##0\);* #,##0_);&quot;-&quot;??_);@"/>
+    <numFmt numFmtId="184" formatCode="&quot;$&quot;* #,##0_)_%;&quot;$&quot;* \(#,##0\)_%;&quot;$&quot;* &quot;-&quot;??_)_%;@_)_%"/>
+    <numFmt numFmtId="185" formatCode="_._.&quot;$&quot;* #,##0.0_)_%;_._.&quot;$&quot;* \(#,##0.0\)_%"/>
+    <numFmt numFmtId="186" formatCode="&quot;$&quot;* #,##0.0_)_%;&quot;$&quot;* \(#,##0.0\)_%;&quot;$&quot;* \ .0_)_%"/>
+    <numFmt numFmtId="187" formatCode="_._.&quot;$&quot;* #,##0.00_)_%;_._.&quot;$&quot;* \(#,##0.00\)_%"/>
+    <numFmt numFmtId="188" formatCode="&quot;$&quot;* #,##0.00_)_%;&quot;$&quot;* \(#,##0.00\)_%;&quot;$&quot;* \ .00_)_%"/>
+    <numFmt numFmtId="189" formatCode="_._.&quot;$&quot;* #,##0.000_)_%;_._.&quot;$&quot;* \(#,##0.000\)_%"/>
+    <numFmt numFmtId="190" formatCode="&quot;$&quot;* #,##0.000_)_%;&quot;$&quot;* \(#,##0.000\)_%;&quot;$&quot;* \ .000_)_%"/>
+    <numFmt numFmtId="191" formatCode="mmmm\ d\,\ yyyy"/>
+    <numFmt numFmtId="192" formatCode="* #,##0_);* \(#,##0\);&quot;-&quot;??_);@"/>
+    <numFmt numFmtId="193" formatCode="_-* #,##0.00\ _z_ł_-;\-* #,##0.00\ _z_ł_-;_-* &quot;-&quot;??\ _z_ł_-;_-@_-"/>
+    <numFmt numFmtId="194" formatCode="_-* #,##0.00\ [$€-1]_-;\-* #,##0.00\ [$€-1]_-;_-* &quot;-&quot;??\ [$€-1]_-"/>
+    <numFmt numFmtId="195" formatCode="0.000000"/>
+    <numFmt numFmtId="196" formatCode="0.0;\(0.0\)"/>
+    <numFmt numFmtId="197" formatCode="#,##0.0_);\(#,##0.0\)"/>
+    <numFmt numFmtId="198" formatCode="0.00\ %"/>
+    <numFmt numFmtId="199" formatCode="_(&quot;MT&quot;* #,##0.00_);\(&quot;MT&quot;* #,##0.00\)"/>
+    <numFmt numFmtId="200" formatCode="General_)"/>
+    <numFmt numFmtId="201" formatCode="###0;[Red]\(###0\)"/>
+    <numFmt numFmtId="202" formatCode="0.00_)"/>
+    <numFmt numFmtId="203" formatCode="0_)"/>
+    <numFmt numFmtId="204" formatCode="_(* #,##0_);\(* #,##0\)"/>
+    <numFmt numFmtId="205" formatCode="0_)%;\(0\)%"/>
+    <numFmt numFmtId="206" formatCode="_._._(* 0_)%;_._.* \(0\)%"/>
+    <numFmt numFmtId="207" formatCode="_(0_)%;\(0\)%"/>
+    <numFmt numFmtId="208" formatCode="0%_);\(0%\)"/>
+    <numFmt numFmtId="209" formatCode="_(0.0_)%;\(0.0\)%"/>
+    <numFmt numFmtId="210" formatCode="_._._(* 0.0_)%;_._.* \(0.0\)%"/>
+    <numFmt numFmtId="211" formatCode="_(0.00_)%;\(0.00\)%"/>
+    <numFmt numFmtId="212" formatCode="_._._(* 0.00_)%;_._.* \(0.00\)%"/>
+    <numFmt numFmtId="213" formatCode="_(0.000_)%;\(0.000\)%"/>
+    <numFmt numFmtId="214" formatCode="_._._(* 0.000_)%;_._.* \(0.000\)%"/>
+    <numFmt numFmtId="215" formatCode="mm/dd/yy"/>
+    <numFmt numFmtId="216" formatCode="#,##0;\(#,##0\)"/>
+    <numFmt numFmtId="217" formatCode="_-* #,##0&quot;р.&quot;_-;\-* #,##0&quot;р.&quot;_-;_-* &quot;-&quot;&quot;р.&quot;_-;_-@_-"/>
+    <numFmt numFmtId="218" formatCode="_-* #,##0.00&quot;р.&quot;_-;\-* #,##0.00&quot;р.&quot;_-;_-* &quot;-&quot;??&quot;р.&quot;_-;_-@_-"/>
+    <numFmt numFmtId="219" formatCode="_-* #,##0\ _р_._-;\-* #,##0\ _р_._-;_-* &quot;-&quot;\ _р_._-;_-@_-"/>
+    <numFmt numFmtId="220" formatCode="_-* #,##0.00\ _р_._-;\-* #,##0.00\ _р_._-;_-* &quot;-&quot;??\ _р_._-;_-@_-"/>
+    <numFmt numFmtId="221" formatCode="_-* #,##0_р_._-;\-* #,##0_р_._-;_-* &quot;-&quot;_р_._-;_-@_-"/>
+    <numFmt numFmtId="222" formatCode="_-* #,##0.00_р_._-;\-* #,##0.00_р_._-;_-* &quot;-&quot;??_р_._-;_-@_-"/>
+    <numFmt numFmtId="223" formatCode="_-* #,##0.00\ _К_р_б_._-;\-* #,##0.00\ _К_р_б_._-;_-* &quot;-&quot;??\ _К_р_б_._-;_-@_-"/>
   </numFmts>
   <fonts count="113">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="18"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1440,51 +1444,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="56"/>
       </top>
       <bottom style="double">
         <color indexed="56"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="10"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="670">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -1562,275 +1566,275 @@
     <xf numFmtId="0" fontId="15" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="22" fillId="31" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="31" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="32" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="32" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...104 lines deleted...]
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="171" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="171" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="177" fontId="28" fillId="33" borderId="0">
+    <xf numFmtId="172" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="173" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="174" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="175" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="176" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="177" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="106" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="106" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="170" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="107" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="174" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="174" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="174" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="179" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="180" fontId="28" fillId="33" borderId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0"/>
-    <xf numFmtId="178" fontId="32" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
-[...18 lines deleted...]
-    <xf numFmtId="190" fontId="34" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="181" fontId="32" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="182" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="183" fontId="11" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="183" fontId="11" fillId="0" borderId="5" applyFill="0" applyProtection="0"/>
+    <xf numFmtId="183" fontId="11" fillId="0" borderId="6" applyFill="0" applyProtection="0"/>
+    <xf numFmtId="183" fontId="11" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="184" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="33" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="185" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="186" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="187" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="188" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="189" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="190" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="191" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="192" fontId="11" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="192" fontId="11" fillId="0" borderId="5" applyFill="0" applyProtection="0"/>
+    <xf numFmtId="192" fontId="11" fillId="0" borderId="6" applyFill="0" applyProtection="0"/>
+    <xf numFmtId="192" fontId="11" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyProtection="0"/>
+    <xf numFmtId="193" fontId="34" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="191" fontId="37" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="192" fontId="8" fillId="0" borderId="1" applyFill="0" applyBorder="0">
+    <xf numFmtId="194" fontId="37" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="195" fontId="8" fillId="0" borderId="1" applyFill="0" applyBorder="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="39" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="39" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="38" fontId="40" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="8">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="37" borderId="9">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="13" applyFill="0" applyAlignment="0" applyProtection="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="193" fontId="46" fillId="0" borderId="0" applyFill="0" applyBorder="0">
+    <xf numFmtId="196" fontId="46" fillId="0" borderId="0" applyFill="0" applyBorder="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="40" fillId="38" borderId="2" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="47" fillId="8" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="47" fillId="8" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="194" fontId="48" fillId="39" borderId="0"/>
-    <xf numFmtId="195" fontId="49" fillId="0" borderId="14">
+    <xf numFmtId="197" fontId="48" fillId="39" borderId="0"/>
+    <xf numFmtId="198" fontId="49" fillId="0" borderId="14">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="194" fontId="51" fillId="40" borderId="0"/>
+    <xf numFmtId="197" fontId="51" fillId="40" borderId="0"/>
     <xf numFmtId="14" fontId="49" fillId="0" borderId="14">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="196" fontId="49" fillId="0" borderId="14"/>
-[...2 lines deleted...]
-    <xf numFmtId="199" fontId="52" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="199" fontId="49" fillId="0" borderId="14"/>
     <xf numFmtId="200" fontId="52" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="201" fontId="52" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="202" fontId="52" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="203" fontId="52" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="53" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="53" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0"/>
-    <xf numFmtId="199" fontId="55" fillId="0" borderId="0"/>
+    <xf numFmtId="202" fontId="55" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="108" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
@@ -2032,227 +2036,227 @@
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="109" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="56" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="201" fontId="28" fillId="0" borderId="14"/>
-    <xf numFmtId="201" fontId="49" fillId="0" borderId="14"/>
+    <xf numFmtId="204" fontId="28" fillId="0" borderId="14"/>
+    <xf numFmtId="204" fontId="49" fillId="0" borderId="14"/>
     <xf numFmtId="0" fontId="58" fillId="31" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="58" fillId="31" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="14" fontId="20" fillId="0" borderId="0">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="202" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="205" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="205" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="206" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="207" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="208" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="10" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="206" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="211" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="209" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="210" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="211" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="212" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="213" fontId="27" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="214" fontId="26" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="56" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="59" fillId="0" borderId="18" applyNumberFormat="0" applyBorder="0"/>
-    <xf numFmtId="5" fontId="60" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="60" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="4" fontId="59" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="9">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0"/>
-    <xf numFmtId="212" fontId="64" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="215" fontId="64" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="0"/>
     <xf numFmtId="40" fontId="68" fillId="0" borderId="0" applyBorder="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="213" fontId="69" fillId="0" borderId="0" applyFill="0" applyBorder="0">
+    <xf numFmtId="216" fontId="69" fillId="0" borderId="0" applyFill="0" applyBorder="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="71" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="74" fillId="8" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="75" fillId="31" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="76" fillId="31" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="77" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="214" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="215" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="217" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="218" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="78" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="81" fillId="32" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="82" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="83" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="84" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="85" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="86" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="87" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="67" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="88" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="216" fontId="89" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="220" fontId="90" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="219" fontId="89" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="220" fontId="89" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="221" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="222" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="223" fontId="90" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="91" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="42" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="92" fillId="43" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="93" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="94" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="95" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="97" fillId="0" borderId="20" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="98" fillId="0" borderId="21" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="99" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="99" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="100" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="101" fillId="0" borderId="23" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="102" fillId="43" borderId="17" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="103" fillId="14" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="104" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="105" fillId="32" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="94" fillId="0" borderId="24" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="110" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="111" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="112" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="670">
     <cellStyle name="_FS_TBI Romania_March 2007" xfId="3" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="_FS_TBI Romania_March 2007_investments analysis TBIH (2)" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="_FS_TBI Romania_March 2007_TBIH Shab 12-07" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="_FS_TBI Romania_March 2007_TBIH Shab 12-07 Statutory" xfId="6" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="14" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -2907,51 +2911,55 @@
     <cellStyle name="כותרת 2" xfId="660" xr:uid="{00000000-0005-0000-0000-000094020000}"/>
     <cellStyle name="כותרת 3" xfId="661" xr:uid="{00000000-0005-0000-0000-000095020000}"/>
     <cellStyle name="כותרת 4" xfId="662" xr:uid="{00000000-0005-0000-0000-000096020000}"/>
     <cellStyle name="ניטראלי" xfId="663" xr:uid="{00000000-0005-0000-0000-000097020000}"/>
     <cellStyle name="סה&quot;כ" xfId="664" xr:uid="{00000000-0005-0000-0000-000098020000}"/>
     <cellStyle name="פלט" xfId="665" xr:uid="{00000000-0005-0000-0000-000099020000}"/>
     <cellStyle name="קלט" xfId="666" xr:uid="{00000000-0005-0000-0000-00009A020000}"/>
     <cellStyle name="רע" xfId="667" xr:uid="{00000000-0005-0000-0000-00009B020000}"/>
     <cellStyle name="תא מסומן" xfId="668" xr:uid="{00000000-0005-0000-0000-00009C020000}"/>
     <cellStyle name="תא מקושר" xfId="669" xr:uid="{00000000-0005-0000-0000-00009D020000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3201,437 +3209,440 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:L34"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5"/>
+      <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="5.6640625" customWidth="1"/>
-    <col min="2" max="2" width="53.109375" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="14.33203125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="41" customWidth="1"/>
+    <col min="3" max="4" width="15.77734375" customWidth="1"/>
+    <col min="5" max="6" width="30.77734375" customWidth="1"/>
+    <col min="7" max="7" width="10.77734375" customWidth="1"/>
+    <col min="8" max="8" width="10.77734375" style="8" customWidth="1"/>
+    <col min="9" max="9" width="9.109375" style="8" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15.6">
       <c r="A1" s="17" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="H1"/>
       <c r="I1"/>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" s="6"/>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="6"/>
       <c r="B3" s="16"/>
       <c r="C3" s="14"/>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:12">
       <c r="H4"/>
       <c r="I4"/>
     </row>
-    <row r="5" spans="1:12" ht="69">
+    <row r="5" spans="1:12" ht="93" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="H5" s="18"/>
       <c r="I5"/>
     </row>
-    <row r="6" spans="1:12" ht="15" customHeight="1">
+    <row r="6" spans="1:12" ht="25.05" customHeight="1">
       <c r="A6" s="4">
         <v>1</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C6" s="11">
         <v>3669705.7094999999</v>
       </c>
       <c r="D6" s="11">
         <v>2935764.5675999997</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="13"/>
       <c r="L6" s="12"/>
     </row>
-    <row r="7" spans="1:12" ht="15" customHeight="1">
+    <row r="7" spans="1:12" ht="25.05" customHeight="1">
       <c r="A7" s="4">
         <v>2</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C7" s="11">
         <v>2328325.051585</v>
       </c>
       <c r="D7" s="11">
         <v>1181016.0768431555</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="13"/>
       <c r="L7" s="12"/>
     </row>
-    <row r="8" spans="1:12" ht="15" customHeight="1">
+    <row r="8" spans="1:12" ht="25.05" customHeight="1">
       <c r="A8" s="4">
         <v>3</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C8" s="11">
         <v>1125811</v>
       </c>
       <c r="D8" s="11">
         <v>939253.54545205459</v>
       </c>
       <c r="E8" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="13"/>
       <c r="L8" s="12"/>
     </row>
-    <row r="9" spans="1:12" ht="15" customHeight="1">
+    <row r="9" spans="1:12" ht="25.05" customHeight="1">
       <c r="A9" s="4">
         <v>4</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C9" s="11">
         <v>1089696.8914999999</v>
       </c>
       <c r="D9" s="11">
         <v>949128.24635000003</v>
       </c>
       <c r="E9" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G9" s="15"/>
       <c r="H9" s="10"/>
       <c r="I9" s="13"/>
       <c r="L9" s="12"/>
     </row>
-    <row r="10" spans="1:12" ht="15" customHeight="1">
+    <row r="10" spans="1:12" ht="25.05" customHeight="1">
       <c r="A10" s="4">
         <v>5</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C10" s="11">
         <v>986568.20480273967</v>
       </c>
       <c r="D10" s="11">
         <v>329711.1371232876</v>
       </c>
       <c r="E10" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="13"/>
       <c r="L10" s="12"/>
     </row>
-    <row r="11" spans="1:12" ht="15" customHeight="1">
+    <row r="11" spans="1:12" ht="25.05" customHeight="1">
       <c r="A11" s="4">
         <v>6</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C11" s="11">
         <v>607584.03101799998</v>
       </c>
       <c r="D11" s="11">
         <v>47809.174406400081</v>
       </c>
       <c r="E11" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G11" s="10"/>
       <c r="H11" s="10"/>
       <c r="I11" s="13"/>
       <c r="L11" s="12"/>
     </row>
-    <row r="12" spans="1:12" ht="15" customHeight="1">
+    <row r="12" spans="1:12" ht="25.05" customHeight="1">
       <c r="A12" s="4">
         <v>7</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C12" s="11">
         <v>297474.91000000003</v>
       </c>
       <c r="D12" s="11">
         <v>237979.92000000004</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G12" s="15"/>
       <c r="H12" s="10"/>
       <c r="I12" s="13"/>
       <c r="L12" s="12"/>
     </row>
-    <row r="13" spans="1:12" ht="15" customHeight="1">
+    <row r="13" spans="1:12" ht="25.05" customHeight="1">
       <c r="A13" s="4">
         <v>8</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C13" s="11">
         <v>235338.777</v>
       </c>
       <c r="D13" s="11">
         <v>0</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G13" s="15"/>
       <c r="H13" s="10"/>
       <c r="I13" s="13"/>
       <c r="L13" s="12"/>
     </row>
-    <row r="14" spans="1:12" ht="15" customHeight="1">
+    <row r="14" spans="1:12" ht="25.05" customHeight="1">
       <c r="A14" s="4">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C14" s="11">
         <v>194471.71999999997</v>
       </c>
       <c r="D14" s="11">
         <v>0</v>
       </c>
       <c r="E14" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="15"/>
       <c r="H14" s="10"/>
       <c r="I14" s="13"/>
       <c r="L14" s="12"/>
     </row>
-    <row r="15" spans="1:12" ht="24" customHeight="1">
+    <row r="15" spans="1:12" ht="25.05" customHeight="1">
       <c r="A15" s="4">
         <v>10</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C15" s="11">
         <v>157265</v>
       </c>
       <c r="D15" s="11">
         <v>78632.5</v>
       </c>
       <c r="E15" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="11" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G15" s="15">
         <v>44887</v>
       </c>
-      <c r="H15" s="10"/>
+      <c r="H15" s="15">
+        <v>46003</v>
+      </c>
       <c r="I15" s="13"/>
       <c r="L15" s="12"/>
     </row>
-    <row r="16" spans="1:12" ht="28.8" customHeight="1">
+    <row r="16" spans="1:12" ht="25.05" customHeight="1">
       <c r="A16" s="4">
         <v>11</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C16" s="11">
         <v>70536.186226222868</v>
       </c>
       <c r="D16" s="11">
         <v>0</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="13"/>
       <c r="L16" s="12"/>
     </row>
-    <row r="17" spans="1:12" ht="24" customHeight="1">
+    <row r="17" spans="1:12" ht="25.05" customHeight="1">
       <c r="A17" s="4">
         <v>12</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C17" s="11">
         <v>19582.370000000003</v>
       </c>
       <c r="D17" s="11">
         <v>0</v>
       </c>
       <c r="E17" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="10"/>
       <c r="I17" s="13"/>
       <c r="L17" s="12"/>
     </row>
-    <row r="18" spans="1:12" ht="24" customHeight="1">
+    <row r="18" spans="1:12" ht="25.05" customHeight="1">
       <c r="A18" s="4">
         <v>13</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C18" s="11">
         <v>17246.9143</v>
       </c>
       <c r="D18" s="11">
         <v>0</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G18" s="10"/>
       <c r="H18" s="10"/>
       <c r="I18" s="13"/>
       <c r="L18" s="12"/>
     </row>
-    <row r="19" spans="1:12" ht="24" customHeight="1">
+    <row r="19" spans="1:12" ht="25.05" customHeight="1">
       <c r="A19" s="4">
         <v>14</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C19" s="11">
         <v>8000</v>
       </c>
       <c r="D19" s="11">
         <v>0</v>
       </c>
       <c r="E19" s="11" t="s">
         <v>4</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="13"/>
       <c r="L19" s="12"/>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="2"/>
       <c r="B20" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="3">
         <f>SUM(C6:C19)</f>
@@ -3701,52 +3712,52 @@
       <c r="D30" s="13"/>
     </row>
     <row r="31" spans="1:12">
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
     </row>
     <row r="32" spans="1:12">
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
     </row>
     <row r="33" spans="3:4">
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
     </row>
     <row r="34" spans="3:4">
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B24:D40">
     <sortCondition descending="1" ref="C24:C40"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="G5:H5"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="300" r:id="rId1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="88" fitToHeight="0" orientation="landscape" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Bonds</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>